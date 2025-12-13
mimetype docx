--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -440,596 +440,398 @@
         <w:ind w:left="0" w:right="923" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E80A63B" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="256" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="923" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7875D649" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
-[...13 lines deleted...]
-    <w:p w14:paraId="5BAA98D7" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+    <w:p w14:paraId="5BAA98D7" w14:textId="495375FB" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="256" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="983" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Presidente </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB666B8" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="169" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="105" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028F68EE" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+    <w:p w14:paraId="028F68EE" w14:textId="6AD2FB95" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2197"/>
           <w:tab w:val="center" w:pos="6450"/>
         </w:tabs>
         <w:spacing w:after="289" w:line="265" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">ERONDINA FERREIRA GODOY </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">MAURÍCIO ALONSO MURAKAMI </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="52B91BE5" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B91BE5" w14:textId="65D7D740" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2198"/>
           <w:tab w:val="center" w:pos="6450"/>
         </w:tabs>
         <w:spacing w:after="253" w:line="265" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Vice-Presidente </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">1º Secretário </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22700B32" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="169" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="105" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3F6A2FF7" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6A2FF7" w14:textId="48886B93" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6383"/>
         </w:tabs>
         <w:spacing w:after="253" w:line="265" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">PRISCILLA S. MARIANO CAVANHA </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">MATEUS A. DA SILVA SANTOS </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="67BEF669" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BEF669" w14:textId="23DE1537" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2198"/>
           <w:tab w:val="center" w:pos="6383"/>
         </w:tabs>
         <w:spacing w:after="453" w:line="265" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">2ª Secretária </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">3º Secretário </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="240018A0" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BD7CFB" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Vereadores: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A706E45" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="364312AD" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+    <w:p w14:paraId="364312AD" w14:textId="24B08E57" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...34 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="463046DF" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="451BB28D" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+    <w:p w14:paraId="529DA762" w14:textId="2517DBB8" w:rsidR="003F628B" w:rsidRDefault="003F628B">
+      <w:pPr>
+        <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="052B447B" w14:textId="16C85E31" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">           Donizetti Dias Carvalho                        Elias Vasconcelos Araujo </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="529DA762" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67EEC90B" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
       <w:pPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052B447B" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
-[...14 lines deleted...]
-    <w:p w14:paraId="67EEC90B" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+    <w:p w14:paraId="77EB9532" w14:textId="5A4AAE7D" w:rsidR="003F628B" w:rsidRDefault="003F628B">
       <w:pPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-    <w:p w14:paraId="77EB9532" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
+    </w:p>
+    <w:p w14:paraId="3C286BAC" w14:textId="3C2B330D" w:rsidR="003F628B" w:rsidRDefault="003F628B">
       <w:pPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...69 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="003F628B">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11920" w:h="16840"/>
       <w:pgMar w:top="2884" w:right="866" w:bottom="2385" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29F967E6" w14:textId="77777777" w:rsidR="005A2052" w:rsidRDefault="005A2052">
+    <w:p w14:paraId="641F7E2C" w14:textId="77777777" w:rsidR="00306B82" w:rsidRDefault="00306B82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6ADCBDA9" w14:textId="77777777" w:rsidR="005A2052" w:rsidRDefault="005A2052">
+    <w:p w14:paraId="336EE391" w14:textId="77777777" w:rsidR="00306B82" w:rsidRDefault="00306B82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1719966F" w14:textId="77777777" w:rsidR="005A2052" w:rsidRDefault="005A2052">
+    <w:p w14:paraId="22507583" w14:textId="77777777" w:rsidR="00306B82" w:rsidRDefault="00306B82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43E3C780" w14:textId="77777777" w:rsidR="005A2052" w:rsidRDefault="005A2052">
+    <w:p w14:paraId="6931EB38" w14:textId="77777777" w:rsidR="00306B82" w:rsidRDefault="00306B82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4382AB67" w14:textId="77777777" w:rsidR="003F628B" w:rsidRDefault="00BF05BF">
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38819F7F" wp14:editId="5FD09970">
               <wp:simplePos x="0" y="0"/>
@@ -1456,81 +1258,92 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1982999235">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="132"/>
+  <w:zoom w:val="bestFit" w:percent="183"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F628B"/>
+    <w:rsid w:val="00132B9B"/>
     <w:rsid w:val="001D4257"/>
+    <w:rsid w:val="00292EA3"/>
+    <w:rsid w:val="002B7E9E"/>
+    <w:rsid w:val="00306B82"/>
     <w:rsid w:val="003F628B"/>
+    <w:rsid w:val="005306AD"/>
     <w:rsid w:val="005A2052"/>
     <w:rsid w:val="00625FDF"/>
+    <w:rsid w:val="007D2DDA"/>
+    <w:rsid w:val="00B71A7E"/>
     <w:rsid w:val="00BF05BF"/>
     <w:rsid w:val="00C416BD"/>
     <w:rsid w:val="00CD7DBE"/>
+    <w:rsid w:val="00EC3EFA"/>
+    <w:rsid w:val="00ED7229"/>
+    <w:rsid w:val="00F01F8B"/>
+    <w:rsid w:val="00FB4D5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4346E927"/>
@@ -2244,68 +2057,68 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>736</Words>
-  <Characters>3980</Characters>
+  <Words>595</Words>
+  <Characters>3465</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Req 2025 final</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4707</CharactersWithSpaces>
+  <CharactersWithSpaces>4031</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Req 2025 final</dc:title>
   <dc:subject/>
   <dc:creator>CMI USER CPL01</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>